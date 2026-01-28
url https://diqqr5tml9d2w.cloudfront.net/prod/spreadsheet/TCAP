--- v0 (2025-12-07)
+++ v1 (2026-01-28)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="NAV Data" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="8">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="8">
   <si>
     <t>Fund</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>Price Date</t>
   </si>
   <si>
     <t>Exit Price(Offer)($)</t>
   </si>
   <si>
     <t>NAV Price($)</t>
   </si>
   <si>
     <t>Entry Price(Bid)($)</t>
   </si>
   <si>
     <t>Ten Cap Alpha Plus Complex ETF</t>
   </si>
   <si>
     <t>TCAP</t>
   </si>
 </sst>
@@ -422,51 +422,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:F14"/>
+  <dimension ref="A1:F58"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="1"/>
     <col min="3" max="3" width="11" customWidth="1"/>
     <col min="4" max="4" width="17" customWidth="1"/>
     <col min="5" max="5" width="10.83" customWidth="1"/>
     <col min="6" max="6" width="17" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
@@ -710,50 +710,930 @@
       <c r="E13" s="3">
         <v>10.069</v>
       </c>
       <c r="F13" s="3">
         <f>+(1+0.3%)*E13</f>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
         <v>6</v>
       </c>
       <c r="B14" t="s">
         <v>7</v>
       </c>
       <c r="C14" s="2">
         <v>45996</v>
       </c>
       <c r="D14" s="3">
         <f>+(1-0.3%)*E14</f>
       </c>
       <c r="E14" s="3">
         <v>10.0236</v>
       </c>
       <c r="F14" s="3">
         <f>+(1+0.3%)*E14</f>
+      </c>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A15" t="s">
+        <v>6</v>
+      </c>
+      <c r="B15" t="s">
+        <v>7</v>
+      </c>
+      <c r="C15" s="2">
+        <v>45999</v>
+      </c>
+      <c r="D15" s="3">
+        <f>+(1-0.3%)*E15</f>
+      </c>
+      <c r="E15" s="3">
+        <v>9.9974</v>
+      </c>
+      <c r="F15" s="3">
+        <f>+(1+0.3%)*E15</f>
+      </c>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A16" t="s">
+        <v>6</v>
+      </c>
+      <c r="B16" t="s">
+        <v>7</v>
+      </c>
+      <c r="C16" s="2">
+        <v>46000</v>
+      </c>
+      <c r="D16" s="3">
+        <f>+(1-0.3%)*E16</f>
+      </c>
+      <c r="E16" s="3">
+        <v>9.9611</v>
+      </c>
+      <c r="F16" s="3">
+        <f>+(1+0.3%)*E16</f>
+      </c>
+    </row>
+    <row r="17" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A17" t="s">
+        <v>6</v>
+      </c>
+      <c r="B17" t="s">
+        <v>7</v>
+      </c>
+      <c r="C17" s="2">
+        <v>46001</v>
+      </c>
+      <c r="D17" s="3">
+        <f>+(1-0.3%)*E17</f>
+      </c>
+      <c r="E17" s="3">
+        <v>9.9387</v>
+      </c>
+      <c r="F17" s="3">
+        <f>+(1+0.3%)*E17</f>
+      </c>
+    </row>
+    <row r="18" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A18" t="s">
+        <v>6</v>
+      </c>
+      <c r="B18" t="s">
+        <v>7</v>
+      </c>
+      <c r="C18" s="2">
+        <v>46002</v>
+      </c>
+      <c r="D18" s="3">
+        <f>+(1-0.3%)*E18</f>
+      </c>
+      <c r="E18" s="3">
+        <v>9.9477</v>
+      </c>
+      <c r="F18" s="3">
+        <f>+(1+0.3%)*E18</f>
+      </c>
+    </row>
+    <row r="19" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A19" t="s">
+        <v>6</v>
+      </c>
+      <c r="B19" t="s">
+        <v>7</v>
+      </c>
+      <c r="C19" s="2">
+        <v>46003</v>
+      </c>
+      <c r="D19" s="3">
+        <f>+(1-0.3%)*E19</f>
+      </c>
+      <c r="E19" s="3">
+        <v>10.0696</v>
+      </c>
+      <c r="F19" s="3">
+        <f>+(1+0.3%)*E19</f>
+      </c>
+    </row>
+    <row r="20" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A20" t="s">
+        <v>6</v>
+      </c>
+      <c r="B20" t="s">
+        <v>7</v>
+      </c>
+      <c r="C20" s="2">
+        <v>46005</v>
+      </c>
+      <c r="D20" s="3">
+        <f>+(1-0.3%)*E20</f>
+      </c>
+      <c r="E20" s="3">
+        <v>10.0696</v>
+      </c>
+      <c r="F20" s="3">
+        <f>+(1+0.3%)*E20</f>
+      </c>
+    </row>
+    <row r="21" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A21" t="s">
+        <v>6</v>
+      </c>
+      <c r="B21" t="s">
+        <v>7</v>
+      </c>
+      <c r="C21" s="2">
+        <v>46006</v>
+      </c>
+      <c r="D21" s="3">
+        <f>+(1-0.3%)*E21</f>
+      </c>
+      <c r="E21" s="3">
+        <v>10.0298</v>
+      </c>
+      <c r="F21" s="3">
+        <f>+(1+0.3%)*E21</f>
+      </c>
+    </row>
+    <row r="22" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A22" t="s">
+        <v>6</v>
+      </c>
+      <c r="B22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C22" s="2">
+        <v>46007</v>
+      </c>
+      <c r="D22" s="3">
+        <f>+(1-0.3%)*E22</f>
+      </c>
+      <c r="E22" s="3">
+        <v>9.9903</v>
+      </c>
+      <c r="F22" s="3">
+        <f>+(1+0.3%)*E22</f>
+      </c>
+    </row>
+    <row r="23" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A23" t="s">
+        <v>6</v>
+      </c>
+      <c r="B23" t="s">
+        <v>7</v>
+      </c>
+      <c r="C23" s="2">
+        <v>46008</v>
+      </c>
+      <c r="D23" s="3">
+        <f>+(1-0.3%)*E23</f>
+      </c>
+      <c r="E23" s="3">
+        <v>9.9563</v>
+      </c>
+      <c r="F23" s="3">
+        <f>+(1+0.3%)*E23</f>
+      </c>
+    </row>
+    <row r="24" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A24" t="s">
+        <v>6</v>
+      </c>
+      <c r="B24" t="s">
+        <v>7</v>
+      </c>
+      <c r="C24" s="2">
+        <v>46009</v>
+      </c>
+      <c r="D24" s="3">
+        <f>+(1-0.3%)*E24</f>
+      </c>
+      <c r="E24" s="3">
+        <v>9.9553</v>
+      </c>
+      <c r="F24" s="3">
+        <f>+(1+0.3%)*E24</f>
+      </c>
+    </row>
+    <row r="25" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A25" t="s">
+        <v>6</v>
+      </c>
+      <c r="B25" t="s">
+        <v>7</v>
+      </c>
+      <c r="C25" s="2">
+        <v>46010</v>
+      </c>
+      <c r="D25" s="3">
+        <f>+(1-0.3%)*E25</f>
+      </c>
+      <c r="E25" s="3">
+        <v>10.0047</v>
+      </c>
+      <c r="F25" s="3">
+        <f>+(1+0.3%)*E25</f>
+      </c>
+    </row>
+    <row r="26" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A26" t="s">
+        <v>6</v>
+      </c>
+      <c r="B26" t="s">
+        <v>7</v>
+      </c>
+      <c r="C26" s="2">
+        <v>46012</v>
+      </c>
+      <c r="D26" s="3">
+        <f>+(1-0.3%)*E26</f>
+      </c>
+      <c r="E26" s="3">
+        <v>10.0047</v>
+      </c>
+      <c r="F26" s="3">
+        <f>+(1+0.3%)*E26</f>
+      </c>
+    </row>
+    <row r="27" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A27" t="s">
+        <v>6</v>
+      </c>
+      <c r="B27" t="s">
+        <v>7</v>
+      </c>
+      <c r="C27" s="2">
+        <v>46013</v>
+      </c>
+      <c r="D27" s="3">
+        <f>+(1-0.3%)*E27</f>
+      </c>
+      <c r="E27" s="3">
+        <v>10.0926</v>
+      </c>
+      <c r="F27" s="3">
+        <f>+(1+0.3%)*E27</f>
+      </c>
+    </row>
+    <row r="28" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A28" t="s">
+        <v>6</v>
+      </c>
+      <c r="B28" t="s">
+        <v>7</v>
+      </c>
+      <c r="C28" s="2">
+        <v>46014</v>
+      </c>
+      <c r="D28" s="3">
+        <f>+(1-0.3%)*E28</f>
+      </c>
+      <c r="E28" s="3">
+        <v>10.2212</v>
+      </c>
+      <c r="F28" s="3">
+        <f>+(1+0.3%)*E28</f>
+      </c>
+    </row>
+    <row r="29" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A29" t="s">
+        <v>6</v>
+      </c>
+      <c r="B29" t="s">
+        <v>7</v>
+      </c>
+      <c r="C29" s="2">
+        <v>46015</v>
+      </c>
+      <c r="D29" s="3">
+        <f>+(1-0.3%)*E29</f>
+      </c>
+      <c r="E29" s="3">
+        <v>10.1665</v>
+      </c>
+      <c r="F29" s="3">
+        <f>+(1+0.3%)*E29</f>
+      </c>
+    </row>
+    <row r="30" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A30" t="s">
+        <v>6</v>
+      </c>
+      <c r="B30" t="s">
+        <v>7</v>
+      </c>
+      <c r="C30" s="2">
+        <v>46016</v>
+      </c>
+      <c r="D30" s="3">
+        <f>+(1-0.3%)*E30</f>
+      </c>
+      <c r="E30" s="3">
+        <v>10.1665</v>
+      </c>
+      <c r="F30" s="3">
+        <f>+(1+0.3%)*E30</f>
+      </c>
+    </row>
+    <row r="31" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A31" t="s">
+        <v>6</v>
+      </c>
+      <c r="B31" t="s">
+        <v>7</v>
+      </c>
+      <c r="C31" s="2">
+        <v>46017</v>
+      </c>
+      <c r="D31" s="3">
+        <f>+(1-0.3%)*E31</f>
+      </c>
+      <c r="E31" s="3">
+        <v>10.1665</v>
+      </c>
+      <c r="F31" s="3">
+        <f>+(1+0.3%)*E31</f>
+      </c>
+    </row>
+    <row r="32" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A32" t="s">
+        <v>6</v>
+      </c>
+      <c r="B32" t="s">
+        <v>7</v>
+      </c>
+      <c r="C32" s="2">
+        <v>46019</v>
+      </c>
+      <c r="D32" s="3">
+        <f>+(1-0.3%)*E32</f>
+      </c>
+      <c r="E32" s="3">
+        <v>10.1665</v>
+      </c>
+      <c r="F32" s="3">
+        <f>+(1+0.3%)*E32</f>
+      </c>
+    </row>
+    <row r="33" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A33" t="s">
+        <v>6</v>
+      </c>
+      <c r="B33" t="s">
+        <v>7</v>
+      </c>
+      <c r="C33" s="2">
+        <v>46020</v>
+      </c>
+      <c r="D33" s="3">
+        <f>+(1-0.3%)*E33</f>
+      </c>
+      <c r="E33" s="3">
+        <v>10.13</v>
+      </c>
+      <c r="F33" s="3">
+        <f>+(1+0.3%)*E33</f>
+      </c>
+    </row>
+    <row r="34" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A34" t="s">
+        <v>6</v>
+      </c>
+      <c r="B34" t="s">
+        <v>7</v>
+      </c>
+      <c r="C34" s="2">
+        <v>46021</v>
+      </c>
+      <c r="D34" s="3">
+        <f>+(1-0.3%)*E34</f>
+      </c>
+      <c r="E34" s="3">
+        <v>10.1233</v>
+      </c>
+      <c r="F34" s="3">
+        <f>+(1+0.3%)*E34</f>
+      </c>
+    </row>
+    <row r="35" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A35" t="s">
+        <v>6</v>
+      </c>
+      <c r="B35" t="s">
+        <v>7</v>
+      </c>
+      <c r="C35" s="2">
+        <v>46022</v>
+      </c>
+      <c r="D35" s="3">
+        <f>+(1-0.3%)*E35</f>
+      </c>
+      <c r="E35" s="3">
+        <v>10.1162</v>
+      </c>
+      <c r="F35" s="3">
+        <f>+(1+0.3%)*E35</f>
+      </c>
+    </row>
+    <row r="36" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A36" t="s">
+        <v>6</v>
+      </c>
+      <c r="B36" t="s">
+        <v>7</v>
+      </c>
+      <c r="C36" s="2">
+        <v>46023</v>
+      </c>
+      <c r="D36" s="3">
+        <f>+(1-0.3%)*E36</f>
+      </c>
+      <c r="E36" s="3">
+        <v>10.1162</v>
+      </c>
+      <c r="F36" s="3">
+        <f>+(1+0.3%)*E36</f>
+      </c>
+    </row>
+    <row r="37" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A37" t="s">
+        <v>6</v>
+      </c>
+      <c r="B37" t="s">
+        <v>7</v>
+      </c>
+      <c r="C37" s="2">
+        <v>46024</v>
+      </c>
+      <c r="D37" s="3">
+        <f>+(1-0.3%)*E37</f>
+      </c>
+      <c r="E37" s="3">
+        <v>9.9736</v>
+      </c>
+      <c r="F37" s="3">
+        <f>+(1+0.3%)*E37</f>
+      </c>
+    </row>
+    <row r="38" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A38" t="s">
+        <v>6</v>
+      </c>
+      <c r="B38" t="s">
+        <v>7</v>
+      </c>
+      <c r="C38" s="2">
+        <v>46026</v>
+      </c>
+      <c r="D38" s="3">
+        <f>+(1-0.3%)*E38</f>
+      </c>
+      <c r="E38" s="3">
+        <v>9.9736</v>
+      </c>
+      <c r="F38" s="3">
+        <f>+(1+0.3%)*E38</f>
+      </c>
+    </row>
+    <row r="39" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A39" t="s">
+        <v>6</v>
+      </c>
+      <c r="B39" t="s">
+        <v>7</v>
+      </c>
+      <c r="C39" s="2">
+        <v>46027</v>
+      </c>
+      <c r="D39" s="3">
+        <f>+(1-0.3%)*E39</f>
+      </c>
+      <c r="E39" s="3">
+        <v>9.9506</v>
+      </c>
+      <c r="F39" s="3">
+        <f>+(1+0.3%)*E39</f>
+      </c>
+    </row>
+    <row r="40" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A40" t="s">
+        <v>6</v>
+      </c>
+      <c r="B40" t="s">
+        <v>7</v>
+      </c>
+      <c r="C40" s="2">
+        <v>46028</v>
+      </c>
+      <c r="D40" s="3">
+        <f>+(1-0.3%)*E40</f>
+      </c>
+      <c r="E40" s="3">
+        <v>9.9115</v>
+      </c>
+      <c r="F40" s="3">
+        <f>+(1+0.3%)*E40</f>
+      </c>
+    </row>
+    <row r="41" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A41" t="s">
+        <v>6</v>
+      </c>
+      <c r="B41" t="s">
+        <v>7</v>
+      </c>
+      <c r="C41" s="2">
+        <v>46029</v>
+      </c>
+      <c r="D41" s="3">
+        <f>+(1-0.3%)*E41</f>
+      </c>
+      <c r="E41" s="3">
+        <v>9.925</v>
+      </c>
+      <c r="F41" s="3">
+        <f>+(1+0.3%)*E41</f>
+      </c>
+    </row>
+    <row r="42" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A42" t="s">
+        <v>6</v>
+      </c>
+      <c r="B42" t="s">
+        <v>7</v>
+      </c>
+      <c r="C42" s="2">
+        <v>46030</v>
+      </c>
+      <c r="D42" s="3">
+        <f>+(1-0.3%)*E42</f>
+      </c>
+      <c r="E42" s="3">
+        <v>9.9489</v>
+      </c>
+      <c r="F42" s="3">
+        <f>+(1+0.3%)*E42</f>
+      </c>
+    </row>
+    <row r="43" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A43" t="s">
+        <v>6</v>
+      </c>
+      <c r="B43" t="s">
+        <v>7</v>
+      </c>
+      <c r="C43" s="2">
+        <v>46031</v>
+      </c>
+      <c r="D43" s="3">
+        <f>+(1-0.3%)*E43</f>
+      </c>
+      <c r="E43" s="3">
+        <v>9.9256</v>
+      </c>
+      <c r="F43" s="3">
+        <f>+(1+0.3%)*E43</f>
+      </c>
+    </row>
+    <row r="44" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A44" t="s">
+        <v>6</v>
+      </c>
+      <c r="B44" t="s">
+        <v>7</v>
+      </c>
+      <c r="C44" s="2">
+        <v>46033</v>
+      </c>
+      <c r="D44" s="3">
+        <f>+(1-0.3%)*E44</f>
+      </c>
+      <c r="E44" s="3">
+        <v>9.9256</v>
+      </c>
+      <c r="F44" s="3">
+        <f>+(1+0.3%)*E44</f>
+      </c>
+    </row>
+    <row r="45" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A45" t="s">
+        <v>6</v>
+      </c>
+      <c r="B45" t="s">
+        <v>7</v>
+      </c>
+      <c r="C45" s="2">
+        <v>46034</v>
+      </c>
+      <c r="D45" s="3">
+        <f>+(1-0.3%)*E45</f>
+      </c>
+      <c r="E45" s="3">
+        <v>9.988</v>
+      </c>
+      <c r="F45" s="3">
+        <f>+(1+0.3%)*E45</f>
+      </c>
+    </row>
+    <row r="46" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A46" t="s">
+        <v>6</v>
+      </c>
+      <c r="B46" t="s">
+        <v>7</v>
+      </c>
+      <c r="C46" s="2">
+        <v>46035</v>
+      </c>
+      <c r="D46" s="3">
+        <f>+(1-0.3%)*E46</f>
+      </c>
+      <c r="E46" s="3">
+        <v>10.0406</v>
+      </c>
+      <c r="F46" s="3">
+        <f>+(1+0.3%)*E46</f>
+      </c>
+    </row>
+    <row r="47" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A47" t="s">
+        <v>6</v>
+      </c>
+      <c r="B47" t="s">
+        <v>7</v>
+      </c>
+      <c r="C47" s="2">
+        <v>46036</v>
+      </c>
+      <c r="D47" s="3">
+        <f>+(1-0.3%)*E47</f>
+      </c>
+      <c r="E47" s="3">
+        <v>10.0447</v>
+      </c>
+      <c r="F47" s="3">
+        <f>+(1+0.3%)*E47</f>
+      </c>
+    </row>
+    <row r="48" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A48" t="s">
+        <v>6</v>
+      </c>
+      <c r="B48" t="s">
+        <v>7</v>
+      </c>
+      <c r="C48" s="2">
+        <v>46037</v>
+      </c>
+      <c r="D48" s="3">
+        <f>+(1-0.3%)*E48</f>
+      </c>
+      <c r="E48" s="3">
+        <v>10.0867</v>
+      </c>
+      <c r="F48" s="3">
+        <f>+(1+0.3%)*E48</f>
+      </c>
+    </row>
+    <row r="49" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A49" t="s">
+        <v>6</v>
+      </c>
+      <c r="B49" t="s">
+        <v>7</v>
+      </c>
+      <c r="C49" s="2">
+        <v>46038</v>
+      </c>
+      <c r="D49" s="3">
+        <f>+(1-0.3%)*E49</f>
+      </c>
+      <c r="E49" s="3">
+        <v>10.1462</v>
+      </c>
+      <c r="F49" s="3">
+        <f>+(1+0.3%)*E49</f>
+      </c>
+    </row>
+    <row r="50" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A50" t="s">
+        <v>6</v>
+      </c>
+      <c r="B50" t="s">
+        <v>7</v>
+      </c>
+      <c r="C50" s="2">
+        <v>46040</v>
+      </c>
+      <c r="D50" s="3">
+        <f>+(1-0.3%)*E50</f>
+      </c>
+      <c r="E50" s="3">
+        <v>10.1462</v>
+      </c>
+      <c r="F50" s="3">
+        <f>+(1+0.3%)*E50</f>
+      </c>
+    </row>
+    <row r="51" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A51" t="s">
+        <v>6</v>
+      </c>
+      <c r="B51" t="s">
+        <v>7</v>
+      </c>
+      <c r="C51" s="2">
+        <v>46041</v>
+      </c>
+      <c r="D51" s="3">
+        <f>+(1-0.3%)*E51</f>
+      </c>
+      <c r="E51" s="3">
+        <v>10.0793</v>
+      </c>
+      <c r="F51" s="3">
+        <f>+(1+0.3%)*E51</f>
+      </c>
+    </row>
+    <row r="52" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A52" t="s">
+        <v>6</v>
+      </c>
+      <c r="B52" t="s">
+        <v>7</v>
+      </c>
+      <c r="C52" s="2">
+        <v>46042</v>
+      </c>
+      <c r="D52" s="3">
+        <f>+(1-0.3%)*E52</f>
+      </c>
+      <c r="E52" s="3">
+        <v>10.0224</v>
+      </c>
+      <c r="F52" s="3">
+        <f>+(1+0.3%)*E52</f>
+      </c>
+    </row>
+    <row r="53" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A53" t="s">
+        <v>6</v>
+      </c>
+      <c r="B53" t="s">
+        <v>7</v>
+      </c>
+      <c r="C53" s="2">
+        <v>46043</v>
+      </c>
+      <c r="D53" s="3">
+        <f>+(1-0.3%)*E53</f>
+      </c>
+      <c r="E53" s="3">
+        <v>9.967</v>
+      </c>
+      <c r="F53" s="3">
+        <f>+(1+0.3%)*E53</f>
+      </c>
+    </row>
+    <row r="54" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A54" t="s">
+        <v>6</v>
+      </c>
+      <c r="B54" t="s">
+        <v>7</v>
+      </c>
+      <c r="C54" s="2">
+        <v>46044</v>
+      </c>
+      <c r="D54" s="3">
+        <f>+(1-0.3%)*E54</f>
+      </c>
+      <c r="E54" s="3">
+        <v>10.0391</v>
+      </c>
+      <c r="F54" s="3">
+        <f>+(1+0.3%)*E54</f>
+      </c>
+    </row>
+    <row r="55" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A55" t="s">
+        <v>6</v>
+      </c>
+      <c r="B55" t="s">
+        <v>7</v>
+      </c>
+      <c r="C55" s="2">
+        <v>46045</v>
+      </c>
+      <c r="D55" s="3">
+        <f>+(1-0.3%)*E55</f>
+      </c>
+      <c r="E55" s="3">
+        <v>10.0459</v>
+      </c>
+      <c r="F55" s="3">
+        <f>+(1+0.3%)*E55</f>
+      </c>
+    </row>
+    <row r="56" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A56" t="s">
+        <v>6</v>
+      </c>
+      <c r="B56" t="s">
+        <v>7</v>
+      </c>
+      <c r="C56" s="2">
+        <v>46047</v>
+      </c>
+      <c r="D56" s="3">
+        <f>+(1-0.3%)*E56</f>
+      </c>
+      <c r="E56" s="3">
+        <v>10.0459</v>
+      </c>
+      <c r="F56" s="3">
+        <f>+(1+0.3%)*E56</f>
+      </c>
+    </row>
+    <row r="57" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A57" t="s">
+        <v>6</v>
+      </c>
+      <c r="B57" t="s">
+        <v>7</v>
+      </c>
+      <c r="C57" s="2">
+        <v>46048</v>
+      </c>
+      <c r="D57" s="3">
+        <f>+(1-0.3%)*E57</f>
+      </c>
+      <c r="E57" s="3">
+        <v>10.0459</v>
+      </c>
+      <c r="F57" s="3">
+        <f>+(1+0.3%)*E57</f>
+      </c>
+    </row>
+    <row r="58" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A58" t="s">
+        <v>6</v>
+      </c>
+      <c r="B58" t="s">
+        <v>7</v>
+      </c>
+      <c r="C58" s="2">
+        <v>46049</v>
+      </c>
+      <c r="D58" s="3">
+        <f>+(1-0.3%)*E58</f>
+      </c>
+      <c r="E58" s="3">
+        <v>10.1333</v>
+      </c>
+      <c r="F58" s="3">
+        <f>+(1+0.3%)*E58</f>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1" firstPageNumber="1" useFirstPageNumber="1" copies="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">